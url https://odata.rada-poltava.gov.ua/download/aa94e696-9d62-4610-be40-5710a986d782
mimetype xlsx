--- v0 (2026-02-04)
+++ v1 (2026-03-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="16380" windowHeight="8190" tabRatio="500"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="16380" windowHeight="8196" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="OrganizationalUnits" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0" iterateDelta="1E-4"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="92">
   <si>
     <t>identifier</t>
   </si>
   <si>
     <t>prefLabel</t>
   </si>
   <si>
     <t>altLabel</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>constituentDocumentURL</t>
   </si>
@@ -210,53 +210,50 @@
   <si>
     <t>Заступник директора з медичного обслуговування населення</t>
   </si>
   <si>
     <t>Деревеня Аліна Григорівна</t>
   </si>
   <si>
     <t>Заступник директора з експертизи тимчасової непрацездатності</t>
   </si>
   <si>
     <t>Кривчун Тетяна Миколаївна</t>
   </si>
   <si>
     <t>Заступник директора з економічних питань</t>
   </si>
   <si>
     <t>Головний бухгалтер</t>
   </si>
   <si>
     <t>Гальченко Олена Вікторівна</t>
   </si>
   <si>
     <t>Головна медична сестра</t>
   </si>
   <si>
-    <t>Лєсікова Тетяна Вячеславівна</t>
-[...1 lines deleted...]
-  <si>
     <t>Старший інспектор з кадрів</t>
   </si>
   <si>
     <t>Україна</t>
   </si>
   <si>
     <t>Полтавська область</t>
   </si>
   <si>
     <t>Шевченківський</t>
   </si>
   <si>
     <t>Полтава</t>
   </si>
   <si>
     <t>вул. Івана Мазепи</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>Секретар/Приймальня</t>
   </si>
   <si>
     <t>E-mail: kzpmsd2@ukr.net</t>
@@ -287,50 +284,53 @@
   </si>
   <si>
     <t>Пн.-пт. з 8.00 год до 17.15 год.</t>
   </si>
   <si>
     <t>Пн.-пт. з 8.00 год до 17.00 год.</t>
   </si>
   <si>
     <t>Головна медична сестра/кабінет 215</t>
   </si>
   <si>
     <t>(0532)68-17-70</t>
   </si>
   <si>
     <t>Гордійчук Інна Юріївна</t>
   </si>
   <si>
     <t>Полтавська Міська Рада
 Департамент охорони здоров'я</t>
   </si>
   <si>
     <t>Пн. з 08.00 год. до 11.00 год.  Чт. з 14.00 год. до 17.00 год.</t>
   </si>
   <si>
     <t>Курган Яна Миколаївна</t>
+  </si>
+  <si>
+    <t>Дашко Наталія Вікторівна</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d\.m\."/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
@@ -739,67 +739,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cpmsd2.pl.ua/index.php/blagodijni-vneski/statut" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cpmsd2.pl.ua/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cpmsd2.pl.ua/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:1mkl.poltava@ukr.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:1mkl.poltava@ukr.net" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cpmsd2.pl.ua/index.php/blagodijni-vneski/statut" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:V1048576"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="G3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="G6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="R1" sqref="R1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="G7" sqref="G7"/>
+      <selection pane="bottomRight" activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="1021" width="14.42578125" customWidth="1"/>
+    <col min="1" max="2" width="14.44140625" customWidth="1"/>
+    <col min="3" max="3" width="16.109375" customWidth="1"/>
+    <col min="4" max="4" width="14.44140625" customWidth="1"/>
+    <col min="5" max="5" width="20.6640625" customWidth="1"/>
+    <col min="6" max="6" width="22.44140625" customWidth="1"/>
+    <col min="7" max="1021" width="14.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="45" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:22" ht="41.4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
@@ -823,51 +823,51 @@
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:22" ht="45" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:22" ht="41.4" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>29</v>
       </c>
       <c r="I2" s="1" t="s">
@@ -891,527 +891,527 @@
       <c r="O2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>37</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="R2" s="1" t="s">
         <v>39</v>
       </c>
       <c r="S2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>41</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="3" spans="1:22" ht="142.5" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:22" ht="124.2" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>56</v>
       </c>
       <c r="I3" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K3" s="10" t="s">
+      <c r="L3" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="L3" s="10" t="s">
+      <c r="M3" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="M3" s="10" t="s">
+      <c r="N3" s="10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="O3" s="10">
         <v>36</v>
       </c>
       <c r="P3" s="9">
         <v>36040</v>
       </c>
       <c r="Q3" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="R3" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="R3" s="10" t="s">
+      <c r="S3" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="S3" s="13" t="s">
+      <c r="T3" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="T3" s="11" t="s">
+      <c r="U3" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="V3" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="U3" s="10" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
-    <row r="4" spans="1:22" ht="142.5" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:22" ht="124.2" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>57</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>58</v>
       </c>
       <c r="I4" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J4" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K4" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K4" s="10" t="s">
+      <c r="L4" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="L4" s="10" t="s">
+      <c r="M4" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="M4" s="10" t="s">
+      <c r="N4" s="10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="O4" s="10">
         <v>36</v>
       </c>
       <c r="P4" s="9">
         <v>36040</v>
       </c>
       <c r="Q4" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="R4" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="R4" s="10" t="s">
+      <c r="S4" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="S4" s="13" t="s">
+      <c r="T4" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="T4" s="11" t="s">
+      <c r="U4" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="V4" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="U4" s="10" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
-    <row r="5" spans="1:22" ht="142.5" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:22" ht="124.2" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>59</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>60</v>
       </c>
       <c r="I5" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J5" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K5" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K5" s="10" t="s">
+      <c r="L5" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="L5" s="10" t="s">
+      <c r="M5" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="M5" s="10" t="s">
+      <c r="N5" s="10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="O5" s="10">
         <v>36</v>
       </c>
       <c r="P5" s="9">
         <v>36040</v>
       </c>
       <c r="Q5" s="9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="R5" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="S5" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="T5" s="11" t="s">
         <v>79</v>
       </c>
-      <c r="S5" s="13" t="s">
-[...2 lines deleted...]
-      <c r="T5" s="11" t="s">
+      <c r="U5" s="10" t="s">
         <v>80</v>
       </c>
-      <c r="U5" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V5" s="12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
-    <row r="6" spans="1:22" ht="142.5" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:22" ht="124.2" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>61</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>62</v>
       </c>
       <c r="I6" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J6" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K6" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K6" s="10" t="s">
+      <c r="L6" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="L6" s="10" t="s">
+      <c r="M6" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="M6" s="10" t="s">
+      <c r="N6" s="10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="O6" s="10">
         <v>36</v>
       </c>
       <c r="P6" s="9">
         <v>36040</v>
       </c>
       <c r="Q6" s="9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="R6" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="T6" s="11" t="s">
         <v>82</v>
       </c>
-      <c r="S6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="T6" s="11" t="s">
+      <c r="U6" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="U6" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V6" s="12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
-    <row r="7" spans="1:22" ht="142.5" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:22" ht="124.2" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G7" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>63</v>
       </c>
       <c r="I7" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J7" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K7" s="10" t="s">
+      <c r="L7" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="L7" s="10" t="s">
+      <c r="M7" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="M7" s="10" t="s">
+      <c r="N7" s="10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="O7" s="10">
         <v>36</v>
       </c>
       <c r="P7" s="9">
         <v>36040</v>
       </c>
       <c r="Q7" s="9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="R7" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="S7" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="T7" s="11" t="s">
         <v>82</v>
       </c>
-      <c r="S7" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U7" s="10" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="V7" s="12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
-    <row r="8" spans="1:22" ht="142.5" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:22" ht="124.2" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>64</v>
       </c>
       <c r="H8" s="14" t="s">
         <v>65</v>
       </c>
       <c r="I8" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J8" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K8" s="10" t="s">
+      <c r="L8" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="L8" s="10" t="s">
+      <c r="M8" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="M8" s="10" t="s">
+      <c r="N8" s="10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="O8" s="10">
         <v>36</v>
       </c>
       <c r="P8" s="9">
         <v>36040</v>
       </c>
       <c r="Q8" s="9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="R8" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="S8" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="T8" s="11" t="s">
         <v>86</v>
       </c>
-      <c r="S8" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U8" s="10" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="V8" s="12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
-    <row r="9" spans="1:22" ht="142.5" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:22" ht="124.2" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="H9" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="H9" s="14" t="s">
+      <c r="I9" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="J9" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="I9" s="10" t="s">
-[...2 lines deleted...]
-      <c r="J9" s="15" t="s">
+      <c r="K9" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K9" s="10" t="s">
+      <c r="L9" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="L9" s="10" t="s">
+      <c r="M9" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="M9" s="10" t="s">
+      <c r="N9" s="10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="O9" s="10">
         <v>36</v>
       </c>
       <c r="P9" s="9">
         <v>36040</v>
       </c>
       <c r="Q9" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="R9" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="R9" s="10" t="s">
+      <c r="S9" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="S9" s="13" t="s">
+      <c r="T9" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="T9" s="11" t="s">
+      <c r="U9" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="V9" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="U9" s="10" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
-    <row r="1048576" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="1048576" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1"/>
     <hyperlink ref="F4:F9" r:id="rId2" display="http://cpmsd2.pl.ua/"/>
     <hyperlink ref="E3" r:id="rId3"/>
     <hyperlink ref="E4:E9" r:id="rId4" display="http://cpmsd2.pl.ua/index.php/blagodijni-vneski/statut"/>
     <hyperlink ref="S3" r:id="rId5" display="mailto:1mkl.poltava@ukr.net"/>
     <hyperlink ref="S4:S9" r:id="rId6" display="mailto:1mkl.poltava@ukr.net"/>
   </hyperlinks>
   <pageMargins left="0.74791666666666701" right="0.74791666666666701" top="0.98402777777777795" bottom="0.98402777777777795" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>